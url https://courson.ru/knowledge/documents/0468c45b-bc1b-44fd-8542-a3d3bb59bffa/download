--- v0 (2025-10-15)
+++ v1 (2025-12-28)
@@ -1161,60 +1161,58 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">типы уведомлений: через </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00421874">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telegram</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> и СМС</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E05DD1" w14:textId="79EB3323" w:rsidR="00F16FCE" w:rsidRDefault="00F16FCE" w:rsidP="00F16FCE">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1216D">
@@ -1328,69 +1326,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">об изменении сроков доступа к обучению </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49BA683F" w14:textId="0D3447E2" w:rsidR="00F16FCE" w:rsidRPr="00F16FCE" w:rsidRDefault="00F16FCE" w:rsidP="00F16FCE">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">о необходимости </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> подписать протоколы и журналы </w:t>
+        <w:t xml:space="preserve">о необходимости электронно подписать протоколы и журналы </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DBD4FD9" w14:textId="77777777" w:rsidR="009000DA" w:rsidRPr="00421874" w:rsidRDefault="009000DA" w:rsidP="009000DA">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -2480,51 +2460,51 @@
       <w:r w:rsidRPr="005733E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> определение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>индивидуальных</w:t>
       </w:r>
       <w:r w:rsidRPr="005733E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настроек тестирования</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CD612B" w14:textId="0AA249D9" w:rsidR="009000DA" w:rsidRPr="009000DA" w:rsidRDefault="009000DA" w:rsidP="009000DA">
+    <w:p w14:paraId="27CD612B" w14:textId="0AA249D9" w:rsidR="009000DA" w:rsidRDefault="009000DA" w:rsidP="009000DA">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="142"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00584FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -2555,50 +2535,126 @@
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00584FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00584FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00584FF9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> добавление индивидуальных учебных программ, разработанных в компании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060024E1" w14:textId="7A8B8F5F" w:rsidR="004C18BC" w:rsidRPr="009000DA" w:rsidRDefault="004C18BC" w:rsidP="004C18BC">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="142"/>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005733E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Флажок1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:size w:val="20"/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="005733E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="005733E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="005733E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005733E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> добавление индивидуальных итоговых тестирований через интерфейс Кабинета </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649C2794" w14:textId="77777777" w:rsidR="00796977" w:rsidRDefault="00796977" w:rsidP="00796977">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B360B82" w14:textId="77777777" w:rsidR="00796977" w:rsidRDefault="00796977" w:rsidP="00796977">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
@@ -4263,51 +4319,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51C20564" w14:textId="77777777" w:rsidR="009000DA" w:rsidRPr="009000DA" w:rsidRDefault="009000DA" w:rsidP="009000DA">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009000DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Статистика и переназначение программ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B55ABBE" w14:textId="77777777" w:rsidR="009000DA" w:rsidRDefault="009000DA" w:rsidP="009000DA">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1216D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -5408,87 +5463,87 @@
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D2BE9">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="850" w:bottom="1133" w:left="1417" w:header="0" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64E5580E" w14:textId="77777777" w:rsidR="00DF3F1E" w:rsidRDefault="00DF3F1E">
+    <w:p w14:paraId="3206BA6F" w14:textId="77777777" w:rsidR="00200676" w:rsidRDefault="00200676">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B2C8567" w14:textId="77777777" w:rsidR="00DF3F1E" w:rsidRDefault="00DF3F1E">
+    <w:p w14:paraId="56F113C7" w14:textId="77777777" w:rsidR="00200676" w:rsidRDefault="00200676">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
@@ -5761,61 +5816,61 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="9612000" cy="19050"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12EF33C6" w14:textId="77777777" w:rsidR="00DF3F1E" w:rsidRDefault="00DF3F1E">
+    <w:p w14:paraId="17CE288B" w14:textId="77777777" w:rsidR="00200676" w:rsidRDefault="00200676">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A698EEA" w14:textId="77777777" w:rsidR="00DF3F1E" w:rsidRDefault="00DF3F1E">
+    <w:p w14:paraId="30BDA7DE" w14:textId="77777777" w:rsidR="00200676" w:rsidRDefault="00200676">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F21B4AD" w14:textId="77777777" w:rsidR="006D2BE9" w:rsidRDefault="006D2BE9">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
@@ -6502,86 +6557,89 @@
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1656107320">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1239824887">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="86"/>
+  <w:zoom w:percent="97"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D2BE9"/>
+    <w:rsid w:val="00200676"/>
     <w:rsid w:val="003F35AE"/>
+    <w:rsid w:val="004C18BC"/>
     <w:rsid w:val="005E084A"/>
     <w:rsid w:val="00650A78"/>
     <w:rsid w:val="006D2BE9"/>
     <w:rsid w:val="00796977"/>
     <w:rsid w:val="009000DA"/>
     <w:rsid w:val="00AE120E"/>
     <w:rsid w:val="00B81FD1"/>
     <w:rsid w:val="00C00A13"/>
     <w:rsid w:val="00C542E0"/>
     <w:rsid w:val="00DF3F1E"/>
     <w:rsid w:val="00E541E9"/>
+    <w:rsid w:val="00E85124"/>
     <w:rsid w:val="00F16FCE"/>
     <w:rsid w:val="00F255EC"/>
     <w:rsid w:val="00F27060"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7780,65 +7838,65 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mg8YYGUldUKg5BgsoFk36JzrG8ozg==">CgMxLjA4AHIhMUR3cjk4bmwzVFNXVTR3Yl9ta3RHcmdrUXYyUzdGbWk1</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>610</Words>
-  <Characters>3481</Characters>
+  <Words>624</Words>
+  <Characters>3560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4083</CharactersWithSpaces>
+  <CharactersWithSpaces>4176</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Коновалова Марианна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>